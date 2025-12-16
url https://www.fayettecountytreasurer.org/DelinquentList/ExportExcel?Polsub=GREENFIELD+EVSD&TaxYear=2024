--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -28,51 +28,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>180-011-0-00-004-02</t>
   </si>
   <si>
-    <t>ROJAS JOSUE</t>
+    <t>BUTTERBAUGH KYLE &amp; ANDREA</t>
   </si>
   <si>
     <t>GREENFIELD EVSD</t>
   </si>
   <si>
     <t>LIMES RD SE</t>
   </si>
   <si>
     <t>View</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -117,82 +117,82 @@
   <autoFilter ref="A1:F2"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountytreasurer.org/Account/Index?Property_ID=7681&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.02839469909668" customWidth="1"/>
-    <col min="2" max="2" width="15.30722713470459" customWidth="1"/>
+    <col min="2" max="2" width="29.327035903930664" customWidth="1"/>
     <col min="3" max="3" width="17.35614776611328" customWidth="1"/>
     <col min="4" max="4" width="18.6618595123291" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>89.18</v>
+        <v>92.15</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>