--- v0 (2025-10-31)
+++ v1 (2025-12-14)
@@ -52,51 +52,51 @@
   <si>
     <t>VINION MARY</t>
   </si>
   <si>
     <t>MIAMI TRACE LSD</t>
   </si>
   <si>
     <t>9159 ALLEN RD</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
     <t>030-018-0-02-002-00</t>
   </si>
   <si>
     <t>MICKLE MARK</t>
   </si>
   <si>
     <t>JASPER COIL RD US HWY 22</t>
   </si>
   <si>
     <t>030-018-0-02-011-00</t>
   </si>
   <si>
-    <t>LEETH HARRY ETAL &amp; LEETH DELLA BELL LF EST</t>
+    <t>BUTCHER AMBER</t>
   </si>
   <si>
     <t>139 JASPER COIL RD SW</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,0.00"/>
   </numFmts>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -135,124 +135,124 @@
   <autoFilter ref="A1:F4"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountytreasurer.org/Account/Index?Property_ID=18926&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountytreasurer.org/Account/Index?Property_ID=1744&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fayettecountytreasurer.org/Account/Index?Property_ID=1753&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.02839469909668" customWidth="1"/>
-    <col min="2" max="2" width="42.344512939453125" customWidth="1"/>
+    <col min="2" max="2" width="16.723894119262695" customWidth="1"/>
     <col min="3" max="3" width="17.319316864013672" customWidth="1"/>
     <col min="4" max="4" width="25.531463623046875" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>40.7</v>
+        <v>41.52</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>231.43</v>
+        <v>239.14</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2">
-        <v>16534.04</v>
+        <v>188.96</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>